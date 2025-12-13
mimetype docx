--- v0 (2025-11-06)
+++ v1 (2025-12-13)
@@ -2277,57 +2277,57 @@
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="222C732A" w14:textId="77777777" w:rsidR="00125587" w:rsidRPr="009C36A3" w:rsidRDefault="00125587" w:rsidP="00395701">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E4ADCD0" w14:textId="77777777" w:rsidR="006D77CB" w:rsidRPr="009C36A3" w:rsidRDefault="006D77CB" w:rsidP="00395701">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3280FFCF" w14:textId="0E881B7E" w:rsidR="00125587" w:rsidRPr="009C36A3" w:rsidRDefault="00B734BD" w:rsidP="00395701">
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3280FFCF" w14:textId="4790A815" w:rsidR="00125587" w:rsidRDefault="00B734BD" w:rsidP="00395701">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00125587" w:rsidRPr="009C36A3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00125587" w:rsidRPr="009C36A3">
         <w:rPr>
@@ -2354,67 +2354,134 @@
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e successivo accesso al portale dui.consulentidellavoro.it. Seguendo il percorso Gestione DUI / Rinnovo/Nuovo DUI sarà necessario inserire i dati personali, seguire la procedura e caricare i documenti necessari per richiedere il rilascio del </w:t>
       </w:r>
       <w:r w:rsidR="001D76C3">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">tesserino </w:t>
       </w:r>
       <w:r w:rsidR="00395701">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>DUI</w:t>
       </w:r>
       <w:r w:rsidR="001D76C3">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> con CNS, dello Spid </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="001D76C3">
+        <w:t xml:space="preserve"> con CNS, dello Spid InfoCert</w:t>
+      </w:r>
+      <w:r w:rsidR="00395701">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>InfoCert</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00395701">
+        <w:t xml:space="preserve"> e della casella di posta elettronica certificata istituzionale.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6EEF">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e della casella di posta elettronica certificata istituzionale.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E27AE45" w14:textId="77777777" w:rsidR="0010497F" w:rsidRDefault="0010497F" w:rsidP="00395701">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4270846D" w14:textId="30DDC247" w:rsidR="0010497F" w:rsidRPr="009C36A3" w:rsidRDefault="0010497F" w:rsidP="00395701">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N.B. entro 30 giorni dall’avvenuta iscrizione il/la Professionista è tenuto/a a comunicare il proprio domicilio digitale </w:t>
+      </w:r>
+      <w:r w:rsidR="0017445E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>a questo Ordine Provinciale, ai sensi dell’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010497F">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>rt. 16, comma 7</w:t>
+      </w:r>
+      <w:r w:rsidR="0017445E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010497F">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>D.L. n. 185/2008</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E276BA" w14:textId="77777777" w:rsidR="00125587" w:rsidRPr="009C36A3" w:rsidRDefault="00125587" w:rsidP="00395701">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31F37625" w14:textId="6310C9AE" w:rsidR="00125587" w:rsidRDefault="00B734BD" w:rsidP="00395701">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
@@ -3583,127 +3650,133 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="711925191">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="297491148">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="467864305">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1687824436">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="220"/>
+  <w:zoom w:percent="163"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:defaultTableStyle w:val="Normale"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00125587"/>
     <w:rsid w:val="00067E6C"/>
     <w:rsid w:val="000B39E2"/>
+    <w:rsid w:val="0010497F"/>
     <w:rsid w:val="00125587"/>
+    <w:rsid w:val="0017445E"/>
     <w:rsid w:val="001D189D"/>
     <w:rsid w:val="001D76C3"/>
     <w:rsid w:val="002350F6"/>
     <w:rsid w:val="00264871"/>
     <w:rsid w:val="0028635C"/>
+    <w:rsid w:val="002A6EEF"/>
     <w:rsid w:val="00357596"/>
     <w:rsid w:val="003755A2"/>
     <w:rsid w:val="003821D5"/>
     <w:rsid w:val="00395701"/>
     <w:rsid w:val="00515C8B"/>
     <w:rsid w:val="00532BDB"/>
     <w:rsid w:val="0056326F"/>
     <w:rsid w:val="00584CB9"/>
     <w:rsid w:val="005D640E"/>
     <w:rsid w:val="00607D90"/>
     <w:rsid w:val="00612D77"/>
     <w:rsid w:val="00674559"/>
     <w:rsid w:val="006D77CB"/>
     <w:rsid w:val="0077028C"/>
+    <w:rsid w:val="00770D14"/>
     <w:rsid w:val="008127D1"/>
     <w:rsid w:val="00834F73"/>
     <w:rsid w:val="0087308C"/>
     <w:rsid w:val="008E5FB7"/>
     <w:rsid w:val="00904ADC"/>
     <w:rsid w:val="009175D1"/>
     <w:rsid w:val="00924F78"/>
     <w:rsid w:val="009940C6"/>
     <w:rsid w:val="009A3676"/>
     <w:rsid w:val="009C36A3"/>
     <w:rsid w:val="00A16692"/>
     <w:rsid w:val="00A36CDE"/>
     <w:rsid w:val="00B42F85"/>
     <w:rsid w:val="00B734BD"/>
     <w:rsid w:val="00BB5B89"/>
     <w:rsid w:val="00BB5F62"/>
+    <w:rsid w:val="00BF69BC"/>
     <w:rsid w:val="00C5225D"/>
     <w:rsid w:val="00D47715"/>
     <w:rsid w:val="00D52671"/>
     <w:rsid w:val="00D54130"/>
     <w:rsid w:val="00D66070"/>
     <w:rsid w:val="00DA4CC4"/>
+    <w:rsid w:val="00E236A8"/>
     <w:rsid w:val="00E51BFA"/>
     <w:rsid w:val="00EA3025"/>
     <w:rsid w:val="00F37A22"/>
     <w:rsid w:val="00FC61BE"/>
     <w:rsid w:val="00FD37D0"/>
     <w:rsid w:val="00FF20D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -4731,69 +4804,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>895</Words>
-  <Characters>5108</Characters>
+  <Words>926</Words>
+  <Characters>5279</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Marca Bollo € 14,62</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5992</CharactersWithSpaces>
+  <CharactersWithSpaces>6193</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Marca Bollo € 14,62</dc:title>
   <dc:subject/>
   <dc:creator>Roberto Buccioni</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>